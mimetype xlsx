--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -107,98 +107,104 @@
   <si>
     <t>cargo_no_electo</t>
   </si>
   <si>
     <t>agenda</t>
   </si>
   <si>
     <t>equipo</t>
   </si>
   <si>
     <t>compatibilidades</t>
   </si>
   <si>
     <t>compatibilidades_enlace</t>
   </si>
   <si>
     <t>organo_id</t>
   </si>
   <si>
     <t>grupo_politico</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
+    <t>Juan Francisco Álvarez Pulido</t>
+  </si>
+  <si>
+    <t>Concejal</t>
+  </si>
+  <si>
+    <t>Parcial al 25%</t>
+  </si>
+  <si>
+    <t>No adscritos</t>
+  </si>
+  <si>
+    <t>Esther María De las Muelas Peralta</t>
+  </si>
+  <si>
+    <t>Parcial al 75</t>
+  </si>
+  <si>
+    <t>Ana Isabel De Dompablo Guerrero</t>
+  </si>
+  <si>
+    <t>Concejal no adscrita</t>
+  </si>
+  <si>
+    <t>Exclusiva</t>
+  </si>
+  <si>
     <t>Gonzalo Javier Díaz Tomasich</t>
   </si>
   <si>
-    <t>Concejal</t>
-[...1 lines deleted...]
-  <si>
     <t>Parcial al 50%</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL MAS MADRID COLLADO VILLALBA</t>
   </si>
   <si>
     <t>Roberto Ramos</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL MCV CORAZÓN VILLALBINO</t>
   </si>
   <si>
     <t>Carlos Gentil Sanz</t>
   </si>
   <si>
     <t>María Cristina Toral Cerro</t>
   </si>
   <si>
     <t>José Francisco González Jiménez</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL VOX</t>
   </si>
   <si>
-    <t>Juan Francisco Álvarez Pulido</t>
-[...16 lines deleted...]
-  <si>
     <t>2023-2028</t>
   </si>
   <si>
     <t>Athir Quannouni El Moumouhi</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL PSOE</t>
   </si>
   <si>
     <t>Sara Sánchez Ortiz</t>
   </si>
   <si>
     <t>María Luisa Antón Madrigal</t>
   </si>
   <si>
     <t>José Antonio Pérez Bállega</t>
   </si>
   <si>
     <t>Parcial al 90%</t>
   </si>
   <si>
     <t>Cristina de Gracia Organero</t>
   </si>
   <si>
     <t>Parcial al 80%</t>
@@ -206,63 +212,54 @@
   <si>
     <t>Aitor Jiménez Serrano</t>
   </si>
   <si>
     <t>Andrés Villa Fernández Mayoralas</t>
   </si>
   <si>
     <t xml:space="preserve">Concejal </t>
   </si>
   <si>
     <t>Ramón Pavón Durán</t>
   </si>
   <si>
     <t>Concejal delegado</t>
   </si>
   <si>
     <t>ramon.pavon@ayto-colladovillalba.org</t>
   </si>
   <si>
     <t>Servicios a la Ciudad (obras, servicios y servicios generales) y Festejos</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL PP</t>
   </si>
   <si>
-    <t>Noelia Rosario Díaz Vaca</t>
+    <t>Mª Africa Sánchez Marín</t>
   </si>
   <si>
     <t>Concejal delegada</t>
-  </si>
-[...7 lines deleted...]
-    <t>Mª Africa Sánchez Marín</t>
   </si>
   <si>
     <t>africa.sanchez@ayto-colladovillalba.org</t>
   </si>
   <si>
     <t>Sanidad, Consumo, Atención al Ciudadano y Estadística</t>
   </si>
   <si>
     <t>Estela Mosquera De la Vega</t>
   </si>
   <si>
     <t>estela.mosquera@ayto-colladovillalba.org</t>
   </si>
   <si>
     <t>https://twitter.com/estelamosqpp</t>
   </si>
   <si>
     <t>Promoción de la Ciudad (Empleo, Formación, Creación de Empresas y Desarrollo Local, Turismo, Comercio, Hostelería y Servicios</t>
   </si>
   <si>
     <t>Promoción de la Ciudad (Empleo, Formación, Creación de Empresas y Desarrollo Local, Turismo, Comercio, Hostelería y Servicios)</t>
   </si>
   <si>
     <t>Joel Dalda Rodríguez</t>
   </si>
@@ -690,51 +687,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AD28"/>
+  <dimension ref="A1:AD27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="155" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
@@ -824,876 +821,838 @@
       </c>
       <c r="X1" s="2" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>25</v>
       </c>
       <c r="AA1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:30">
       <c r="A2" s="1">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>179</v>
+        <v>252</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="W2">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AD2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:30">
       <c r="A3" s="1">
-        <v>978</v>
+        <v>858</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>636.36</v>
+        <v>252</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
       </c>
       <c r="W3">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="AD3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:30">
       <c r="A4" s="1">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E4">
-        <v>178</v>
+        <v>252</v>
       </c>
       <c r="N4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="W4">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="AD4" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:30">
       <c r="A5" s="1">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>636.36</v>
+        <v>179</v>
+      </c>
+      <c r="N5" t="s">
+        <v>41</v>
       </c>
       <c r="W5">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="AD5" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:30">
       <c r="A6" s="1">
-        <v>1068</v>
+        <v>978</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P6">
         <v>636.36</v>
       </c>
       <c r="R6">
         <v>636.36</v>
       </c>
       <c r="W6">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="AD6" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="1">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N7" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="W7">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="AD7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="1">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="N8" t="s">
+        <v>178</v>
+      </c>
+      <c r="P8">
+        <v>636.36</v>
+      </c>
+      <c r="R8">
+        <v>636.36</v>
+      </c>
+      <c r="W8">
+        <v>22</v>
+      </c>
+      <c r="AD8" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="1">
-        <v>857</v>
+        <v>1068</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
         <v>177</v>
       </c>
-      <c r="N9" t="s">
-        <v>46</v>
+      <c r="P9">
+        <v>636.36</v>
+      </c>
+      <c r="R9">
+        <v>636.36</v>
       </c>
       <c r="W9">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="AD9" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>856</v>
       </c>
       <c r="B10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
         <v>176</v>
       </c>
       <c r="P10">
         <v>636.36</v>
       </c>
       <c r="R10">
         <v>636.36</v>
       </c>
       <c r="W10">
         <v>17</v>
       </c>
       <c r="AD10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>1067</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>176</v>
       </c>
       <c r="P11">
         <v>636.36</v>
       </c>
       <c r="R11">
         <v>636.36</v>
       </c>
       <c r="V11" t="s">
         <v>32</v>
       </c>
       <c r="W11">
         <v>16</v>
       </c>
       <c r="AD11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>854</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12">
         <v>176</v>
       </c>
       <c r="P12">
         <v>636.36</v>
       </c>
       <c r="R12">
         <v>636.36</v>
       </c>
       <c r="W12">
         <v>15</v>
       </c>
       <c r="AD12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>853</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13">
         <v>176</v>
       </c>
       <c r="N13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="W13">
         <v>14</v>
       </c>
       <c r="AD13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>852</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14">
         <v>176</v>
       </c>
       <c r="N14" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="W14">
         <v>13</v>
       </c>
       <c r="AD14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:30">
       <c r="A15" s="1">
         <v>851</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15">
         <v>176</v>
       </c>
       <c r="N15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="W15">
         <v>12</v>
       </c>
       <c r="AD15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:30">
       <c r="A16" s="1">
         <v>850</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E16">
         <v>176</v>
       </c>
       <c r="N16" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="W16">
         <v>11</v>
       </c>
       <c r="AD16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:30">
       <c r="A17" s="1">
         <v>849</v>
       </c>
       <c r="B17" t="s">
         <v>30</v>
       </c>
       <c r="C17" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E17">
         <v>175</v>
       </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="N17" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="W17">
         <v>10</v>
       </c>
       <c r="Z17">
         <v>1</v>
       </c>
       <c r="AD17" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:30">
       <c r="A18" s="1">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="B18" t="s">
         <v>30</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E18">
         <v>175</v>
       </c>
       <c r="G18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="M18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="N18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="V18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="W18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="Z18">
         <v>1</v>
       </c>
       <c r="AD18" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:30">
       <c r="A19" s="1">
-        <v>847</v>
+        <v>846</v>
       </c>
       <c r="B19" t="s">
         <v>30</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E19">
         <v>175</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
+        <v>71</v>
+      </c>
+      <c r="I19" t="s">
+        <v>72</v>
       </c>
       <c r="M19" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="N19" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="V19" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="W19">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="Z19">
         <v>1</v>
       </c>
       <c r="AD19" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:30">
       <c r="A20" s="1">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B20" t="s">
         <v>30</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D20" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E20">
         <v>175</v>
       </c>
       <c r="G20" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="M20" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="N20" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V20" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="W20">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Z20">
         <v>1</v>
       </c>
       <c r="AD20" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:30">
       <c r="A21" s="1">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="E21">
         <v>175</v>
       </c>
       <c r="G21" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="M21" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="N21" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V21" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="W21">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z21">
         <v>1</v>
       </c>
       <c r="AD21" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:30">
       <c r="A22" s="1">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="E22">
         <v>175</v>
       </c>
       <c r="G22" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="N22" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V22" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="W22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z22">
         <v>1</v>
       </c>
       <c r="AD22" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:30">
       <c r="A23" s="1">
-        <v>843</v>
+        <v>842</v>
       </c>
       <c r="B23" t="s">
         <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="E23">
         <v>175</v>
       </c>
       <c r="G23" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="M23" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="N23" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V23" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z23">
         <v>1</v>
       </c>
       <c r="AD23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:30">
       <c r="A24" s="1">
-        <v>842</v>
+        <v>841</v>
       </c>
       <c r="B24" t="s">
         <v>30</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E24">
         <v>175</v>
       </c>
       <c r="G24" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M24" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="N24" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="V24" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z24">
         <v>1</v>
       </c>
       <c r="AD24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:30">
       <c r="A25" s="1">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="B25" t="s">
         <v>30</v>
       </c>
       <c r="C25" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D25" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E25">
         <v>175</v>
       </c>
       <c r="G25" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>95</v>
+      </c>
+      <c r="I25" t="s">
+        <v>96</v>
       </c>
       <c r="N25" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>39</v>
       </c>
       <c r="W25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Z25">
         <v>1</v>
       </c>
       <c r="AD25" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:30">
       <c r="A26" s="1">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>860</v>
       </c>
       <c r="C26" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
-[...11 lines deleted...]
-        <v>46</v>
+        <v>32</v>
+      </c>
+      <c r="P26">
+        <v>636.36</v>
+      </c>
+      <c r="R26">
+        <v>636.36</v>
       </c>
       <c r="W26">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:30">
       <c r="A27" s="1">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="C27" t="s">
         <v>98</v>
       </c>
       <c r="D27" t="s">
         <v>32</v>
       </c>
       <c r="P27">
         <v>636.36</v>
       </c>
       <c r="R27">
         <v>636.36</v>
       </c>
       <c r="W27">
-        <v>21</v>
-[...18 lines deleted...]
-      <c r="W28">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>