--- v0 (2025-10-12)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -119,50 +119,95 @@
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1761903227BOCM-20250509-57.pdf</t>
+  </si>
+  <si>
+    <t>55055794,58</t>
+  </si>
+  <si>
+    <t>23401248,98</t>
+  </si>
+  <si>
+    <t>25192380,32</t>
+  </si>
+  <si>
+    <t>385346,20</t>
+  </si>
+  <si>
+    <t>2180959,98</t>
+  </si>
+  <si>
+    <t>527958,8</t>
+  </si>
+  <si>
+    <t>2720692,30</t>
+  </si>
+  <si>
+    <t>55626401,9</t>
+  </si>
+  <si>
+    <t>26302986,37</t>
+  </si>
+  <si>
+    <t>717671,31</t>
+  </si>
+  <si>
+    <t>7483365,39</t>
+  </si>
+  <si>
+    <t>20544055,22</t>
+  </si>
+  <si>
+    <t>279473,43</t>
+  </si>
+  <si>
+    <t>298850,27</t>
+  </si>
+  <si>
     <t>2024 (prorrogado)</t>
   </si>
   <si>
     <t>51.934.148,55</t>
   </si>
   <si>
     <t>21.323.687,18</t>
   </si>
   <si>
     <t>24.280.859,15</t>
   </si>
   <si>
     <t>1.136.122,41</t>
   </si>
   <si>
     <t>985.700,62</t>
   </si>
   <si>
     <t>490.819,59</t>
   </si>
   <si>
     <t>631.367,98</t>
   </si>
   <si>
     <t>25.000,00</t>
@@ -170,60 +215,72 @@
   <si>
     <t>3.060.591,62</t>
   </si>
   <si>
     <t>52.011.905,71</t>
   </si>
   <si>
     <t>25.625.415,18</t>
   </si>
   <si>
     <t>820.000,00</t>
   </si>
   <si>
     <t>5.336.903,28</t>
   </si>
   <si>
     <t>19.824.587,25</t>
   </si>
   <si>
     <t>380.000,00</t>
   </si>
   <si>
     <t>2023 (prorrogado)</t>
   </si>
   <si>
+    <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/176217444306.04.-%20NORMAS%20DE%20RECONOCIMIENTO%20Y%20VALORACI%C3%93N%202023.pdf</t>
+  </si>
+  <si>
     <t>51.934.048,55</t>
   </si>
   <si>
     <t>23.730.859,15</t>
   </si>
   <si>
     <t>1.535.700,62</t>
   </si>
   <si>
     <t>631.267,98</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1762174443Liquidaci%C3%B3n%20Presupuesto%202023%20LHL.PDF</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1762174445Liquidaci%C3%B3n%20Presupuesto%202022%20LHL.PDF</t>
+  </si>
+  <si>
+    <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1762174444Liquidaci%C3%B3n%20Presupuesto%202021%20LHL.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -561,91 +618,91 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI3"/>
+  <dimension ref="A1:AI6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="22" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="113" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="173" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="144" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
@@ -715,182 +772,272 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B2">
+        <v>2025</v>
+      </c>
+      <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="M2" t="s">
         <v>36</v>
       </c>
       <c r="N2" t="s">
         <v>37</v>
       </c>
       <c r="O2" t="s">
         <v>38</v>
       </c>
       <c r="P2" t="s">
         <v>39</v>
       </c>
       <c r="Q2" t="s">
         <v>40</v>
       </c>
       <c r="R2" t="s">
         <v>41</v>
       </c>
-      <c r="S2" t="s">
+      <c r="S2">
+        <v>600208</v>
+      </c>
+      <c r="T2">
+        <v>22000</v>
+      </c>
+      <c r="U2">
+        <v>25000</v>
+      </c>
+      <c r="V2" t="s">
         <v>42</v>
       </c>
-      <c r="T2">
-[...2 lines deleted...]
-      <c r="U2" t="s">
+      <c r="W2" t="s">
         <v>43</v>
       </c>
-      <c r="V2" t="s">
+      <c r="X2" t="s">
         <v>44</v>
       </c>
-      <c r="W2" t="s">
+      <c r="Y2" t="s">
         <v>45</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Z2" t="s">
         <v>46</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="AA2" t="s">
         <v>47</v>
       </c>
-      <c r="Z2" t="s">
+      <c r="AB2" t="s">
         <v>48</v>
       </c>
-      <c r="AA2" t="s">
+      <c r="AE2" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M3" t="s">
         <v>51</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="O3" t="s">
         <v>53</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="Q3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R3" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="S3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="T3">
         <v>0</v>
       </c>
       <c r="U3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="V3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="W3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="X3" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="Y3" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="Z3" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="AA3" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="AB3" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="AC3">
         <v>0</v>
       </c>
       <c r="AD3">
         <v>0</v>
       </c>
       <c r="AE3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="AF3">
         <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:35">
+      <c r="A4" s="2">
+        <v>201</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P4" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>70</v>
+      </c>
+      <c r="R4" t="s">
+        <v>56</v>
+      </c>
+      <c r="S4" t="s">
+        <v>71</v>
+      </c>
+      <c r="T4">
+        <v>0</v>
+      </c>
+      <c r="U4" t="s">
+        <v>58</v>
+      </c>
+      <c r="V4" t="s">
+        <v>59</v>
+      </c>
+      <c r="W4" t="s">
+        <v>60</v>
+      </c>
+      <c r="X4" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC4">
+        <v>0</v>
+      </c>
+      <c r="AD4">
+        <v>0</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF4">
+        <v>0</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
+      <c r="A5" s="2">
+        <v>336</v>
+      </c>
+      <c r="B5">
+        <v>2022</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
+      <c r="A6" s="2">
+        <v>335</v>
+      </c>
+      <c r="B6">
+        <v>2021</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">