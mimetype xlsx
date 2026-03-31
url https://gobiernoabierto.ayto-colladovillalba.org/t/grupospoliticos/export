--- v0 (2025-10-12)
+++ v1 (2026-03-31)
@@ -12,92 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>logotipo_id</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>correo</t>
   </si>
   <si>
     <t>direccion</t>
   </si>
   <si>
     <t>web</t>
   </si>
   <si>
     <t>fb</t>
   </si>
   <si>
     <t>twitter</t>
   </si>
   <si>
     <t>instagram</t>
   </si>
   <si>
     <t>asignacion_cuantia</t>
   </si>
   <si>
     <t>asignacion_documento_id</t>
   </si>
   <si>
     <t>color</t>
   </si>
   <si>
     <t>legislatura_id</t>
   </si>
   <si>
     <t>orden</t>
+  </si>
+  <si>
+    <t>No adscritos</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL VOX</t>
   </si>
   <si>
     <t>colladovillalba@madrid.voxespana.es</t>
   </si>
   <si>
     <t>https://www.voxespana.es/tag/collado-villalba</t>
   </si>
   <si>
     <t>https://www.facebook.com/VOXColladoVillalba/?locale=es_ES</t>
   </si>
   <si>
     <t>https://www.instagram.com/vox_colladovillalba/</t>
   </si>
   <si>
     <t>78.611,96</t>
   </si>
   <si>
     <t>#65bc29</t>
   </si>
   <si>
     <t>GRUPO MUNICIPAL PSOE</t>
   </si>
@@ -528,51 +531,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z6"/>
+  <dimension ref="A1:Z7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="54" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="81" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="56" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
@@ -610,211 +613,228 @@
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>177</v>
+        <v>252</v>
       </c>
       <c r="B2">
-        <v>33030</v>
+        <v>63543</v>
       </c>
       <c r="C2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="M2">
         <v>57</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B3">
-        <v>33029</v>
+        <v>33030</v>
       </c>
       <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" t="s">
+        <v>20</v>
+      </c>
+      <c r="L3" t="s">
         <v>21</v>
-      </c>
-[...19 lines deleted...]
-        <v>28</v>
       </c>
       <c r="M3">
         <v>57</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B4">
-        <v>33028</v>
+        <v>33029</v>
       </c>
       <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
       <c r="M4">
         <v>57</v>
       </c>
       <c r="N4">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B5">
-        <v>33031</v>
+        <v>33028</v>
       </c>
       <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
       <c r="M5">
         <v>57</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B6">
-        <v>33880</v>
+        <v>33031</v>
       </c>
       <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="L6" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="M6">
         <v>57</v>
       </c>
       <c r="N6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="1">
+        <v>179</v>
+      </c>
+      <c r="B7">
+        <v>33880</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" t="s">
+        <v>46</v>
+      </c>
+      <c r="M7">
+        <v>57</v>
+      </c>
+      <c r="N7">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>