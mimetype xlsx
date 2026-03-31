--- v0 (2025-10-12)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ano</t>
   </si>
   <si>
     <t>tipo_de_declaracion</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>declarante_aso</t>
   </si>
   <si>
     <t>Bienes y Actividades (modificación)</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
@@ -165,53 +165,50 @@
     <t>Mª Lourdes Cuesta Fernández</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834075Mª Cristina Toral Cerro anonimizado.pdf</t>
   </si>
   <si>
     <t>María Cristina Toral Cerro</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834086Mª Dolores Vargas Fernández anonimizado.pdf</t>
   </si>
   <si>
     <t>Mariola Vargas Fernández</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834106Mª Luisa Antón Madrigal anonimizado.pdf</t>
   </si>
   <si>
     <t>María Luisa Antón Madrigal</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834116Miguel Aisa Fernández anonimizado.pdf</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834126Noelia Rosaria Díaz Vaca anonimizado.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Noelia Rosario Díaz Vaca</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834140Ramón Pavón Durán anonimizado.pdf</t>
   </si>
   <si>
     <t>Ramón Pavón Durán</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834149Roberto Ramos Antón anonimizado.pdf</t>
   </si>
   <si>
     <t>Roberto Ramos</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738834180Yolanda Martínez Pardillos anonimizado.pdf</t>
   </si>
   <si>
     <t>Yolanda Martínez Pardillos</t>
   </si>
   <si>
     <t>2019-2023</t>
   </si>
   <si>
     <t>https://gobiernoabierto.ayto-colladovillalba.org/storage/uploads/1738830905Ana Isabel De Dompablo Guerrero anonimizado.pdf</t>
   </si>
@@ -1085,149 +1082,146 @@
         <v>7</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
         <v>931</v>
       </c>
       <c r="B24">
         <v>2023</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>7</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
         <v>932</v>
       </c>
       <c r="B25">
         <v>2023</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>7</v>
       </c>
       <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
         <v>933</v>
       </c>
       <c r="B26">
         <v>2023</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
       <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
         <v>934</v>
       </c>
       <c r="B27">
         <v>2023</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>7</v>
       </c>
       <c r="E27" t="s">
+        <v>55</v>
+      </c>
+      <c r="F27" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
         <v>913</v>
       </c>
       <c r="B28">
         <v>2019</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E28" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
         <v>921</v>
       </c>
       <c r="B29">
         <v>2019</v>
       </c>
       <c r="C29" t="s">
         <v>6</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="E29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>